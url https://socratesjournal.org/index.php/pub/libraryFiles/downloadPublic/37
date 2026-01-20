--- v0 (2025-10-10)
+++ v1 (2026-01-20)
@@ -1,74 +1,74 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
     <w:p w14:paraId="02B72FE7" w14:textId="4D72BF21" w:rsidR="008856F7" w:rsidRPr="000F756D" w:rsidRDefault="00B94847" w:rsidP="007265C5">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="OLE_LINK1"/>
       <w:bookmarkStart w:id="1" w:name="OLE_LINK2"/>
-      <w:bookmarkStart w:id="2" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="2"/>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Çalışmanın </w:t>
       </w:r>
       <w:r w:rsidR="00C2265D" w:rsidRPr="000F756D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Türkçe </w:t>
       </w:r>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -1382,52 +1382,52 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5743E654" w14:textId="77777777" w:rsidR="00814BD7" w:rsidRPr="000F756D" w:rsidRDefault="00814BD7" w:rsidP="00814BD7">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="540F1BC6" w14:textId="245F2D07" w:rsidR="00253363" w:rsidRPr="000F756D" w:rsidRDefault="00010ACA" w:rsidP="00253363">
       <w:pPr>
         <w:pStyle w:val="ResimYazs"/>
         <w:keepNext/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_bookmark20"/>
-      <w:bookmarkEnd w:id="3"/>
+      <w:bookmarkStart w:id="2" w:name="_bookmark20"/>
+      <w:bookmarkEnd w:id="2"/>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Tablo </w:t>
       </w:r>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -2309,157 +2309,500 @@
         </w:rPr>
         <w:t xml:space="preserve"> 1, paragraf aralığı önce 0 nk, sonra 0 nk</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="70620CFE" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="009A2CA6">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(Şekil sayfaya ortalanarak yerleştirilmelidir)</w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="299580F6" w14:textId="650B16CD" w:rsidR="00374492" w:rsidRPr="008A3C2A" w:rsidRDefault="00374492" w:rsidP="00374492">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="709" w:hanging="709"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A3C2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Yazar Katkıları:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A3C2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A3C2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Yükseköğretim Kurumları Bilimsel Araştırma ve Yayın Etiği Yönergesi” çerçevesinde, birinci</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> yazarın makaleye katkı oranı %</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>....</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A3C2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008A3C2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ikinci yazarın makaleye katkı oranı da %</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>...</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A3C2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>’dir</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67812419" w14:textId="77777777" w:rsidR="00374492" w:rsidRPr="008A3C2A" w:rsidRDefault="00374492" w:rsidP="00374492">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="709" w:hanging="709"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A3C2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Çıkar Çatışması: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A3C2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Araştırmada yazarlar açısından çıkar çatışması teşkil edebilecek durumlar ya da ilişkiler bulunmamaktadır.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6052BEE7" w14:textId="77777777" w:rsidR="00374492" w:rsidRPr="008A3C2A" w:rsidRDefault="00374492" w:rsidP="00374492">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="709" w:hanging="709"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A3C2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Etik Beyanı</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A3C2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A3C2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Bu çalışmada “Yükseköğretim Kurumları Bilimsel Araştırma ve Yayın Etiği Yönergesi” nde belirtilen kurallara uyulduğunu ve “Bilimsel Araştırma ve Yayın Etiğine Aykırı Eylemler” e dayalı hiçbir işlem yapmadığımızı beyan ederiz. Aynı zamanda tüm yazarların çalışmaya katkıda bulunduğu, yazarlar arasında herhangi bir çıkar çatışmasının bulunmadığını, tüm etik ihlallerde tüm sorumluluğun makale yazarlarına ait olduğunu beyan ederiz.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61728C5E" w14:textId="03635C7A" w:rsidR="00374492" w:rsidRPr="008A3C2A" w:rsidRDefault="00374492" w:rsidP="00374492">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="709" w:hanging="709"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A3C2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Etik Kurul İzni:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A3C2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A3C2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Araştırmanın niteliği Etik Kurul İzni gerektirmemektedir.</w:t>
+      </w:r>
+      <w:r w:rsidR="00243742">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Gerektiriyorsa nerden alındığı, tarih ve karar numarası yazılmalıdır. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="027FD3EF" w14:textId="15DF701E" w:rsidR="00374492" w:rsidRPr="008A3C2A" w:rsidRDefault="00374492" w:rsidP="00374492">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="709" w:hanging="709"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A3C2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Finansman:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A3C2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A3C2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Bu araştırma herhangi bir fon almamıştır.</w:t>
+      </w:r>
+      <w:r w:rsidR="00243742">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Eğer herhangi bir fon kullanılmışa belirtilmeli.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71B057EE" w14:textId="37DCE06D" w:rsidR="00374492" w:rsidRPr="001B081A" w:rsidRDefault="00374492" w:rsidP="00374492">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="709" w:hanging="709"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B081A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Veri Kullanılabilirliği Beyanı:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B081A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Bu çalışma sırasında oluşturulan veya analiz edilen veriler, talep üzerine yazarlardan temin edilebilir.</w:t>
+      </w:r>
+      <w:r w:rsidR="00243742">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Varsa farklı bir açıklama yazılabilir.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="152A2C0A" w14:textId="2F9A91E9" w:rsidR="00374492" w:rsidRDefault="00374492" w:rsidP="00374492">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="709" w:hanging="709"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B081A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Yazma Yardımı için Yapay Zekâ Kullanımı:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B081A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Yazarlar, çalışmada </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">yazım yardımı için </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B081A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>yapay zekâ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>nın</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B081A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kullanı</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">lmadığını </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B081A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>beyan e</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>der</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B081A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00243742">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Kullanıldıysa belirtilmeli.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="3" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
     <w:p w14:paraId="7C995967" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="009A2CA6">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="296CF495" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="009A2CA6">
-[...2 lines deleted...]
-        <w:jc w:val="center"/>
+    <w:p w14:paraId="296CF495" w14:textId="6F29A620" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="00573A37" w:rsidP="00573A37">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Kaynakça</w:t>
+        <w:t>KAYNAKÇA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53EFB39F" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="009A2CA6">
+    <w:p w14:paraId="53EFB39F" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00573A37">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Soyadı, A. ve Soyadı, A. (2020). Makalenin başlığı. </w:t>
       </w:r>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Derginin Adı</w:t>
       </w:r>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. Cilt (Sayı), aralarında – işareti ile makalenin ilk ve son sayfa numaraları xx-xx.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DCABD25" w14:textId="2BE9E716" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="009A2CA6">
+    <w:p w14:paraId="2DCABD25" w14:textId="2BE9E716" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00573A37">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Soyadı, A. (2019). </w:t>
       </w:r>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Kitabın adı. </w:t>
       </w:r>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Yayınevinin Adı.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D933353" w14:textId="7FCB41D6" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="009A2CA6">
+    <w:p w14:paraId="4D933353" w14:textId="7FCB41D6" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00573A37">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Kaynaklar iki yana yaslı, yazı tipi Times New Roman, 1</w:t>
       </w:r>
       <w:r w:rsidR="000F756D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
@@ -2493,1725 +2836,1725 @@
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1, paragraf aralığı önce 6nk, sonra 6nk, paragraf girintisi</w:t>
       </w:r>
       <w:r w:rsidR="00A65F83">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (asılı)</w:t>
       </w:r>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1,25 cm olarak düzenlenmelidir.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2324C9BA" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="009A2CA6">
+    <w:p w14:paraId="2324C9BA" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00573A37">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="555B9E7D" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="009A2CA6">
+    <w:p w14:paraId="555B9E7D" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00573A37">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="36DC0AE9" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="009A2CA6">
+    <w:p w14:paraId="36DC0AE9" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00573A37">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Örnek Metin İçi Alıntı ve Kaynak Gösterimleri</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0BD09E3B" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="009A2CA6">
+    <w:p w14:paraId="0BD09E3B" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00573A37">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Metin İçinde Atıf Yapma</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D530211" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="009A2CA6">
+    <w:p w14:paraId="5D530211" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00573A37">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>1. Tek yazarlı yayınlar:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54832EB3" w14:textId="10F6BCAA" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00A65F83">
+    <w:p w14:paraId="54832EB3" w14:textId="10F6BCAA" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00573A37">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">* Metin içinde kaynaklara atıf yapılırken, </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>eğer</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> atıf yapılan kaynaktan bir bölüm aynen </w:t>
       </w:r>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>aktarılmıyor</w:t>
       </w:r>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t> ise yazarların soyadı ve eserin basım yılı kullanılır.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47A371C7" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00A65F83">
+    <w:p w14:paraId="47A371C7" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00573A37">
       <w:pPr>
         <w:pStyle w:val="default0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:rStyle w:val="Vurgu"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Örnek 1:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6450B695" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00A65F83">
+    <w:p w14:paraId="6450B695" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00573A37">
       <w:pPr>
         <w:pStyle w:val="default0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Yapılan araştırmalarda okuduğunu anlama düzeyi ile okuma becerisine yönelik algılar arasında yüksek düzeyde ilişki olduğunu belirlenmiştir (Yiğit, 2005). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0779636D" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00A65F83">
+    <w:p w14:paraId="0779636D" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00573A37">
       <w:pPr>
         <w:pStyle w:val="default0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:rStyle w:val="Vurgu"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Örnek 2:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56E7F249" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00A65F83">
+    <w:p w14:paraId="56E7F249" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00573A37">
       <w:pPr>
         <w:pStyle w:val="default0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Yiğit (2005) araştırmasında okuduğunu anlama düzeyi ile okuma becerisine yönelik algılar arasında yüksek düzeyde ilişki olduğunu belirlemiştir.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B46C25F" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00A65F83">
+    <w:p w14:paraId="1B46C25F" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00573A37">
       <w:pPr>
         <w:pStyle w:val="default0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>*  Atıf yapılan eserdeki bir bölüm aynen aktarılıyorsa alınan metin tırnak işareti (“ ”) içerisinde verilmelidir. Bu tür atıflarda yazar(lar)ın soyad(lar)ı, atıf yapılan eserin yayın yılı ve sayfa numarası kullanılmalıdır. Alınan metnin sayfa numarası, eserin basım yılından sonra iki nokta (:) koyularak verilmelidir.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="049B86EA" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00A65F83">
+    <w:p w14:paraId="049B86EA" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00573A37">
       <w:pPr>
         <w:pStyle w:val="default0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:rStyle w:val="Vurgu"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Örnek 1:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D936EA9" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00A65F83">
+    <w:p w14:paraId="5D936EA9" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00573A37">
       <w:pPr>
         <w:pStyle w:val="default0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Ergin’e (1998: 95) göre kelime, “Manası veya gramer vazifesi bulunan ve tek başına kullanılan ses veya sesler topluluğudur.”</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C093750" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00A65F83">
+    <w:p w14:paraId="7C093750" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00573A37">
       <w:pPr>
         <w:pStyle w:val="default0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:rStyle w:val="Vurgu"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t> Örnek 2:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="089BE3D0" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00A65F83">
+    <w:p w14:paraId="089BE3D0" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00573A37">
       <w:pPr>
         <w:pStyle w:val="default0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Ergin (1998: 95) kelimeyi “Manası veya gramer vazifesi bulunan ve tek başına kullanılan ses veya sesler topluluğudur.” şeklinde tanımlamıştır.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F7F5DD4" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00A65F83">
+    <w:p w14:paraId="5F7F5DD4" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00573A37">
       <w:pPr>
         <w:pStyle w:val="default0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:rStyle w:val="Vurgu"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Örnek 3:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="343F81DB" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00A65F83">
+    <w:p w14:paraId="343F81DB" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00573A37">
       <w:pPr>
         <w:pStyle w:val="default0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>“Okumanın temelinde yatan gerçek, değişik düşünceleri öğrenmektir.” (Bamberger, 1990: 1).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0365815C" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00A65F83">
+    <w:p w14:paraId="0365815C" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00573A37">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>2. İki yazarlı yayınlar:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68204EE2" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00A65F83">
+    <w:p w14:paraId="68204EE2" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00573A37">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Eğer atıf yapılan kaynak iki yazarlı ise yazarların soyadları ve eserin yayın yılı bilgileri kullanılır.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Makale dili Türkçe olan yazılarda yazarların soyadlarının arasına "ve" bağlacı, makale dili İngilizce olan yazılarda yazarların soyadlarının arasına "&amp;" işareti konur.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="3A7F113D" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00A65F83">
+    <w:p w14:paraId="3A7F113D" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00573A37">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:rStyle w:val="Vurgu"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Örnekler:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37C52288" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00A65F83">
+    <w:p w14:paraId="37C52288" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00573A37">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Ateş ve Tunç (2010)…   /   Ateş ve Tunç'a (2010) göre…   /    </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>…(</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Ateş ve Tunç, 2010).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20CA9F4A" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00A65F83">
+    <w:p w14:paraId="20CA9F4A" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00573A37">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">3. Üç ilâ </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>beş</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> yazarlı yayınlar:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="184D923B" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00A65F83">
+    <w:p w14:paraId="184D923B" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00573A37">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>*  Makale</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> içinde kaynağa ilk kez atıf yapılırken bütün yazarların soyadları aralarına virgül konarak sırasıyla verilir. </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Son iki yazarın soyadlarının arasına makale dili Türkçe olan yazılarda "ve" bağlacı, İngilizce olan yazılarda "&amp;" işareti konur.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="72EFABAF" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00A65F83">
+    <w:p w14:paraId="72EFABAF" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00573A37">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:rStyle w:val="Vurgu"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Örnekler</w:t>
       </w:r>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F9A5900" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00A65F83">
+    <w:p w14:paraId="6F9A5900" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00573A37">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Güzel, Kaya, Kuleli ve Deniz (2005)…   /   </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>…(</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Güzel, Kaya, Kuleli ve Deniz, 2005).  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F553BBB" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00A65F83">
+    <w:p w14:paraId="0F553BBB" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00573A37">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>*  Aynı yayına ikinci kez atıf yapmak gerektiğinde sadece ilk yazarın soyadı yazılır; diğer yazarların soyadlarının yerine makale dili Türkçe olan yazılarda  “ve diğerleri” ifadesi,  İngilizce olan yazılarda “et al.” ifadesi kullanılır.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53E1299B" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00A65F83">
+    <w:p w14:paraId="53E1299B" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00573A37">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:rStyle w:val="Vurgu"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Örnekler:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="000613C0" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00A65F83">
+    <w:p w14:paraId="000613C0" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00573A37">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Güzel ve diğerleri (2005)…   /   </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>…(</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Güzel ve diğerleri, 2005).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04306A92" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00A65F83">
+    <w:p w14:paraId="04306A92" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00573A37">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Johnson et al. (2005)…   / … (Johnson, et al., 2005)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="507510E5" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00A65F83">
+    <w:p w14:paraId="507510E5" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00573A37">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>4. Altı ve daha fazla yazarlı yayınlar:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36160EFB" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00A65F83">
+    <w:p w14:paraId="36160EFB" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00573A37">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">*  Türkçe metinlerde metin içinde sadece ilk yazarın soyadı "ve diğerleri" ifadesi, İngilizce metinlerde sadece ilk yazarın soyadı ve "et al." ifadesi kullanılır. </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Kaynakçada bütün yazarların adları verilir.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="07498921" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00A65F83">
+    <w:p w14:paraId="07498921" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00573A37">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:rStyle w:val="Vurgu"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Örnekler:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B1E7794" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00A65F83">
+    <w:p w14:paraId="2B1E7794" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00573A37">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>…(</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Erdem ve diğerleri, 2008).   /   </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>…(</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Johnson et al., 2008).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4ADE3245" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00A65F83">
+    <w:p w14:paraId="4ADE3245" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00573A37">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>*  Eğer</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> kısaltma kullanılması durumunda yayınların karıştırılma ihtimali ortaya çıkarsa, bu durumda bir önceki maddede belirtildiği gibi kısaltma ifadesinden önce karışmayı önleyecek kadar yazarın soyadı yazılır ve sonrasında kısaltma ifadesi eklenir.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="493B622C" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00A65F83">
+    <w:p w14:paraId="493B622C" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00573A37">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="06321B6A" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00A65F83">
+    <w:p w14:paraId="06321B6A" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00573A37">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>5. Bir kurumun yazar olduğu yayınlar:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B52546D" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00A65F83">
+    <w:p w14:paraId="4B52546D" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00573A37">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Atıf yapılan eserin yazarı olarak bir kurum görünüyorsa metin içindeki ilk atıfta kurumun açık adı, var ise yanında kısaltması ve yayının tarihi verilir.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">  Daha sonra aynı kaynağa yapılan atıflarda kurum adının kısaltması ve yayının tarihi verilir</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="307DA5CD" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00A65F83">
+    <w:p w14:paraId="307DA5CD" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00573A37">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:rStyle w:val="Vurgu"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Örnekler:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F4E78E5" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00A65F83">
+    <w:p w14:paraId="5F4E78E5" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00573A37">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>…(</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Türk Dil Kurumu [TDK], 2001).   /   </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>…(</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>TDK, 2001).</w:t>
       </w:r>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6080D7B5" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00A65F83">
+    <w:p w14:paraId="6080D7B5" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00573A37">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>6. Aynı yazarın aynı tarihli yayınları:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49E037E2" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00A65F83">
+    <w:p w14:paraId="49E037E2" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00573A37">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Aynı yazarın aynı tarihli birden fazla yayına atıf yapılmak istendiğinde yayın tarihine bir harf eklenerek yayınlar arasındaki ayrım sağlanır.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Kaynakçada yayınların tam künyeleri yazılırken de tarihler aynı şekilde harfli biçimi ile gösterilir.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="39CCBFFB" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00A65F83">
+    <w:p w14:paraId="39CCBFFB" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00573A37">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:rStyle w:val="Vurgu"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Örnekler:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7EEDC2B7" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00A65F83">
+    <w:p w14:paraId="7EEDC2B7" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00573A37">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>…(</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Buran, 2009a).   /   </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>…(</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Buran, 2009b).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0253F213" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00A65F83">
+    <w:p w14:paraId="0253F213" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00573A37">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>7. Soyadları aynı olan yazarların yayınları:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="697A85A9" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00A65F83">
+    <w:p w14:paraId="697A85A9" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00573A37">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Soyadları aynı olan yazarların yayınlarına metin içinde atıf yapılacaksa yazarları birbirinden ayırmak için atıfta adlarının baş harfleri de kullanılır</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C669E88" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00A65F83">
+    <w:p w14:paraId="1C669E88" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00573A37">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:rStyle w:val="Vurgu"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Örnekler:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27DC94BC" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00A65F83">
+    <w:p w14:paraId="27DC94BC" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00573A37">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>…(</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">O. Özdemir, 2011).   /   </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>…(</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Y. Özdemir, 2010).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5442B528" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00A65F83">
+    <w:p w14:paraId="5442B528" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00573A37">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>8. Aynı ayraç içinde birden fazla yayına atıf yapma</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E2C969A" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00A65F83">
+    <w:p w14:paraId="1E2C969A" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00573A37">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>*  Aynı</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> ayraç içinde aynı yazar(lar)ın birden fazla yayınına atıf yapılacaksa yazar(lar)ın soyadı bilgilerinden sonra virgül konur ve yayınların yılları sırasıyla aralarına virgül konarak sıralanır.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F9A47F8" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00A65F83">
+    <w:p w14:paraId="2F9A47F8" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00573A37">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:rStyle w:val="Vurgu"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Örnekler:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CC7CD82" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00A65F83">
+    <w:p w14:paraId="4CC7CD82" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00573A37">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Güzel (1999, 2004)…   /   </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>…(</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Güzel, 1999, 2004).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2823DAF4" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00A65F83">
+    <w:p w14:paraId="2823DAF4" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00573A37">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Balcı ve Büyükikiz (2010, 2012)…   /   </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>…(</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Balcı ve Büyükikiz, 2010, 2012). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02939D9C" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00A65F83">
+    <w:p w14:paraId="02939D9C" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00573A37">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>*  Aynı</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> ayraç içinde birden fazla farklı yazarın yayınına atıf yapılacaksa bu yayınlar arasına noktalı virgül konur. </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Kaynakların sırası alfabetik olmalı yani kaynakçadaki sıraya uygun olarak verilmelidir.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="74120A6A" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00A65F83">
+    <w:p w14:paraId="74120A6A" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00573A37">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:rStyle w:val="Vurgu"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Örnekler:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73266CCF" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00A65F83">
+    <w:p w14:paraId="73266CCF" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00573A37">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Işık (2012) ve Kaplan (2000)…   / </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>…(</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Işık, 2012; Kaplan, 2000).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24292C20" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00A65F83">
+    <w:p w14:paraId="24292C20" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00573A37">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Güzel (2009), Keskin ve diğerleri (2005) ve Tamer ve Aydın (2008)…   /  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A8E82E4" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00A65F83">
+    <w:p w14:paraId="5A8E82E4" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00573A37">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>…(</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Güzel, 2009; Keskin ve diğerleri, 2005; Tamer ve Aydın, 2008).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="284058AB" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00A65F83">
+    <w:p w14:paraId="284058AB" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00573A37">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>9. İkincil Kaynaktan Alıntı</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47966AEB" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00A65F83">
+    <w:p w14:paraId="47966AEB" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00573A37">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">İkincil kaynak esas alınarak başka bir orijinal kaynağa atıf yapılırken metin içinde orijinal kaynağın yazarının ismi zikredilir ve parantez içinde ikincil kaynak makale dili Türkçe olan yazılarda "aktaran" şeklinde, İngilizce çalışmalarda "as cited in"  şeklinde verilir. </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Kaynakçada yalnızca ikincil kaynak verilir.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="70908831" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00A65F83">
+    <w:p w14:paraId="70908831" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00573A37">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:rStyle w:val="Vurgu"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Örnekler:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73C5C34C" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00A65F83">
+    <w:p w14:paraId="73C5C34C" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00573A37">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Johnsen'in çalışmasında (aktaran Yıldırım, 2008)…</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04E2326C" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00A65F83">
+    <w:p w14:paraId="04E2326C" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00573A37">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>In Johnsen's study (as cited in Yıldırım, 2008)…</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6344D64D" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00A65F83">
+    <w:p w14:paraId="6344D64D" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00573A37">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Kaynakçanın Yazımı</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62DE34FE" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00A65F83">
+    <w:p w14:paraId="62DE34FE" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00573A37">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>1. Tek yazarlı kitap</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01A3D922" w14:textId="6E55F2F9" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00A65F83">
+    <w:p w14:paraId="01A3D922" w14:textId="6E55F2F9" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00573A37">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Güneş, F. (2007).</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:rStyle w:val="Vurgu"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Türkçe öğretimi ve zihinsel yapılandırma</w:t>
       </w:r>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> Nobel.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05CD8D33" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00A65F83">
+    <w:p w14:paraId="05CD8D33" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00573A37">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>2. İki yazarlı kitap</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39AE9893" w14:textId="08712B99" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00A65F83">
+    <w:p w14:paraId="39AE9893" w14:textId="08712B99" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00573A37">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Harvey, S. &amp; Goudvis, A. (2007).</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:rStyle w:val="Vurgu"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Strategies that work: Teaching comprehension for understanding and engagement</w:t>
       </w:r>
       <w:r w:rsidR="00B848D7" w:rsidRPr="000F756D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Stanhouse Publishers.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="7A200377" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00A65F83">
+    <w:p w14:paraId="7A200377" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00573A37">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>3. Üç ilâ Beş Yazarlı Kitap</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3931F8CC" w14:textId="1FF21C03" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00A65F83">
+    <w:p w14:paraId="3931F8CC" w14:textId="1FF21C03" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00573A37">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Gürel, Z., Temizyürek, F. ve Şahbaz N. K. (2007). </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:rStyle w:val="Vurgu"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Çocuk edebiyatı</w:t>
       </w:r>
       <w:r w:rsidR="00B848D7" w:rsidRPr="000F756D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00B848D7" w:rsidRPr="000F756D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Öncü Kitap.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D227AA8" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00A65F83">
+    <w:p w14:paraId="4D227AA8" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00573A37">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>4. Çeviri Kitap</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3EC862FC" w14:textId="57F9CC9B" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00A65F83">
+    <w:p w14:paraId="3EC862FC" w14:textId="57F9CC9B" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00573A37">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Bloom, B. J. (1998).</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="000F756D">
@@ -4242,70 +4585,70 @@
         </w:rPr>
         <w:t>Çev.:</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00B848D7" w:rsidRPr="000F756D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> Durmuş Ali Özçelik). </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>MEB Yayınevi.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Orijinal çalışma basım tarihi/Original work published: 1976)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="288A433A" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00A65F83">
+    <w:p w14:paraId="288A433A" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00573A37">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>5. Editörlü Kitap</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B41CE34" w14:textId="7DCA559A" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00A65F83">
+    <w:p w14:paraId="5B41CE34" w14:textId="7DCA559A" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00573A37">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Kırkkılıç, A. ve Akyol, H. (Ed.).</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="000F756D">
@@ -4319,65 +4662,64 @@
           <w:rStyle w:val="Vurgu"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>İlköğretimde Türkçe öğretimi</w:t>
       </w:r>
       <w:r w:rsidR="00B848D7" w:rsidRPr="000F756D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00B848D7" w:rsidRPr="000F756D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Pegem Akademi.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06907B55" w14:textId="62CED873" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00A65F83">
+    <w:p w14:paraId="06907B55" w14:textId="62CED873" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00573A37">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Chambres, P., Izaute, M.</w:t>
       </w:r>
       <w:r w:rsidR="00B848D7" w:rsidRPr="000F756D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>  &amp;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> Marescaux, P. J. (Eds.). (2002). </w:t>
       </w:r>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:rStyle w:val="Vurgu"/>
@@ -4385,70 +4727,70 @@
         </w:rPr>
         <w:t xml:space="preserve">Metacognition: Process, function, and </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:rStyle w:val="Vurgu"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>use</w:t>
       </w:r>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>.:</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> Kluwer Academic Publishers</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FD82891" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00A65F83">
+    <w:p w14:paraId="6FD82891" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00573A37">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>6. Editörlü Kitapta Bölüm</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="529947D3" w14:textId="499CDF66" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00A65F83">
+    <w:p w14:paraId="529947D3" w14:textId="499CDF66" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00573A37">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Balcı, A. (2018). </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>İlk okuma yazma öğretiminde ölçme ve değerlendirme.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
@@ -4460,51 +4802,51 @@
         <w:rPr>
           <w:rStyle w:val="Vurgu"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">İlk okuma yazma ve Türkçe öğretimi içinde </w:t>
       </w:r>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>(ss. 409-435</w:t>
       </w:r>
       <w:r w:rsidR="00B848D7" w:rsidRPr="000F756D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Nobel.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D653AF3" w14:textId="55D5A8FC" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00A65F83">
+    <w:p w14:paraId="5D653AF3" w14:textId="55D5A8FC" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00573A37">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Koriat, A. &amp; Shitzer-Reichert, R. (2002).</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="000F756D">
@@ -4541,70 +4883,70 @@
         </w:rPr>
         <w:t>Metacognition: Process, function, and use </w:t>
       </w:r>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>(pp. 1-18).</w:t>
       </w:r>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:rStyle w:val="Vurgu"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Kluwer Academic Publishers.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="0F935931" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00A65F83">
+    <w:p w14:paraId="0F935931" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00573A37">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>7. Süreli Yayında Makale (Basılı)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22D16945" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00A65F83">
+    <w:p w14:paraId="22D16945" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00573A37">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Wigfield, A. &amp; Guthrie J. (1997).</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="000F756D">
@@ -4612,70 +4954,70 @@
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Relations of children's motivation for reading to the amount and breadth of their reading.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:rStyle w:val="Vurgu"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Journal of Educational Psychology, 89</w:t>
       </w:r>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>, 420-432.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56C045F2" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00A65F83">
+    <w:p w14:paraId="56C045F2" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00573A37">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>8. Süreli Yayında Makale (Elektronik)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29483280" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00A65F83">
+    <w:p w14:paraId="29483280" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00573A37">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Balcı, A., Uyar, Y. ve Büyükikiz, K. K. (2012).</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="000F756D">
@@ -4711,133 +5053,134 @@
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Turkish Studies, 7,</w:t>
       </w:r>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> 965-985. </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>doi</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>: http://dx.doi.org/10.7827/TurkishStudies.3795   </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51C62D51" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00A65F83">
+    <w:p w14:paraId="51C62D51" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00573A37">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>10. Basılı Makale</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3AC56DF1" w14:textId="5F07F765" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00A65F83">
+    <w:p w14:paraId="3AC56DF1" w14:textId="5F07F765" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00573A37">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Tosunoğlu, M. ve Melanlıoğlu, D. (2006).</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> Türkçe Müfredat Programlarının Değerlendirilmesi. H. Akyol (Ed.) içinde, </w:t>
       </w:r>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:rStyle w:val="Vurgu"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Ulusal Sınıf Öğretmenliği Kongresi Bildiri Kitabı Cilt 1</w:t>
       </w:r>
       <w:r w:rsidR="000F756D" w:rsidRPr="000F756D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">, (ss. 86-99). </w:t>
       </w:r>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Kök Yayıncılık.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43179782" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00A65F83">
+    <w:p w14:paraId="43179782" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00573A37">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>11. Yayımlanmamış Tezler</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B1C31B6" w14:textId="6C694C3C" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00A65F83">
+    <w:p w14:paraId="7B1C31B6" w14:textId="6C694C3C" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00573A37">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Uçgun, D. (2006). </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:rStyle w:val="Vurgu"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Cumhuriyet döneminde Türkçe öğretmenlerinin yetiştirilmesi</w:t>
       </w:r>
       <w:r w:rsidR="000F756D" w:rsidRPr="000F756D">
         <w:rPr>
@@ -4849,130 +5192,132 @@
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>ezi</w:t>
       </w:r>
       <w:r w:rsidR="000F756D" w:rsidRPr="000F756D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>].</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="000F756D" w:rsidRPr="000F756D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> Gazi Üniversitesi</w:t>
       </w:r>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03AC0B02" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="009A2CA6">
+    <w:p w14:paraId="03AC0B02" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00573A37">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7A2EF0D0" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="009A2CA6">
+    <w:p w14:paraId="7A2EF0D0" w14:textId="77777777" w:rsidR="009A2CA6" w:rsidRPr="000F756D" w:rsidRDefault="009A2CA6" w:rsidP="00573A37">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F756D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Yukarıda yer alan maddeler içinde yer almayan kaynakların kullanımında APA 7 standartları dikkate alınmalıdır.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="688CF59B" w14:textId="6C8DCB50" w:rsidR="008856F7" w:rsidRPr="000F756D" w:rsidRDefault="008856F7" w:rsidP="009A2CA6">
+    <w:p w14:paraId="688CF59B" w14:textId="6C8DCB50" w:rsidR="008856F7" w:rsidRPr="000F756D" w:rsidRDefault="008856F7" w:rsidP="00573A37">
       <w:pPr>
         <w:pStyle w:val="GvdeMetni"/>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:firstLine="707"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="008856F7" w:rsidRPr="000F756D" w:rsidSect="00495038">
-      <w:headerReference w:type="default" r:id="rId10"/>
-[...2 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId13"/>
+      <w:headerReference w:type="even" r:id="rId10"/>
+      <w:headerReference w:type="default" r:id="rId11"/>
+      <w:footerReference w:type="even" r:id="rId12"/>
+      <w:footerReference w:type="default" r:id="rId13"/>
+      <w:headerReference w:type="first" r:id="rId14"/>
+      <w:footerReference w:type="first" r:id="rId15"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1418" w:right="1418" w:bottom="1418" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
       <w:pgNumType w:start="1" w:chapStyle="1" w:chapSep="emDash"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="71A5F0D6" w14:textId="77777777" w:rsidR="00CB23E9" w:rsidRDefault="00CB23E9" w:rsidP="00935CE4">
+    <w:p w14:paraId="04EF9A29" w14:textId="77777777" w:rsidR="00170952" w:rsidRDefault="00170952" w:rsidP="00935CE4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="781CB7D5" w14:textId="77777777" w:rsidR="00CB23E9" w:rsidRDefault="00CB23E9" w:rsidP="00935CE4">
+    <w:p w14:paraId="6A3F7460" w14:textId="77777777" w:rsidR="00170952" w:rsidRDefault="00170952" w:rsidP="00935CE4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="A2"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -5052,60 +5397,69 @@
   </w:font>
   <w:font w:name="Myriad Pro">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000FCFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Helvetica">
     <w:panose1 w:val="020B0604020202020204"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
-    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w14:paraId="1187113C" w14:textId="77777777" w:rsidR="00573A37" w:rsidRDefault="00573A37">
+    <w:pPr>
+      <w:pStyle w:val="Altbilgi"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-1940522341"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="458D574D" w14:textId="300BE5AF" w:rsidR="009D0CD5" w:rsidRPr="001A47D9" w:rsidRDefault="009D0CD5" w:rsidP="00ED3E2E">
         <w:pPr>
           <w:pStyle w:val="Altbilgi"/>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:sz w:val="24"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00755ADE">
@@ -5179,51 +5533,51 @@
           </w:rPr>
           <w:t xml:space="preserve"> Doi: </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t>10.5281/zenodo.</w:t>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="5A5B05EE" w14:textId="77777777" w:rsidR="009D0CD5" w:rsidRDefault="009D0CD5">
     <w:pPr>
       <w:pStyle w:val="Altbilgi"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="1420907566"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="38D3F291" w14:textId="0F2A2F52" w:rsidR="009D0CD5" w:rsidRDefault="009D0CD5" w:rsidP="006227B9">
         <w:pPr>
           <w:pStyle w:val="Altbilgi"/>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:sz w:val="24"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00755ADE">
@@ -5311,79 +5665,161 @@
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t>10.5281/zenodo.</w:t>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="360D6FAE" w14:textId="77777777" w:rsidR="009D0CD5" w:rsidRPr="006227B9" w:rsidRDefault="009D0CD5" w:rsidP="006227B9">
     <w:pPr>
       <w:pStyle w:val="Altbilgi"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6422DD62" w14:textId="77777777" w:rsidR="00CB23E9" w:rsidRDefault="00CB23E9" w:rsidP="00935CE4">
+    <w:p w14:paraId="48E6CC0E" w14:textId="77777777" w:rsidR="00170952" w:rsidRDefault="00170952" w:rsidP="00935CE4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4AEE7FDC" w14:textId="77777777" w:rsidR="00CB23E9" w:rsidRDefault="00CB23E9" w:rsidP="00935CE4">
+    <w:p w14:paraId="7EE63A0C" w14:textId="77777777" w:rsidR="00170952" w:rsidRDefault="00170952" w:rsidP="00935CE4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:p w14:paraId="57DC949E" w14:textId="6C9F38FA" w:rsidR="009D0CD5" w:rsidRDefault="00CB23E9" w:rsidP="006227B9">
+  <w:p w14:paraId="12E5F395" w14:textId="30EC5BA0" w:rsidR="00573A37" w:rsidRDefault="00170952">
+    <w:pPr>
+      <w:pStyle w:val="stbilgi"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict w14:anchorId="192EBBEE">
+        <v:shapetype id="_x0000_t136" coordsize="21600,21600" o:spt="136" adj="10800" path="m@7,l@8,m@5,21600l@6,21600e">
+          <v:formulas>
+            <v:f eqn="sum #0 0 10800"/>
+            <v:f eqn="prod #0 2 1"/>
+            <v:f eqn="sum 21600 0 @1"/>
+            <v:f eqn="sum 0 0 @2"/>
+            <v:f eqn="sum 21600 0 @3"/>
+            <v:f eqn="if @0 @3 0"/>
+            <v:f eqn="if @0 21600 @1"/>
+            <v:f eqn="if @0 0 @2"/>
+            <v:f eqn="if @0 @4 21600"/>
+            <v:f eqn="mid @5 @6"/>
+            <v:f eqn="mid @8 @5"/>
+            <v:f eqn="mid @7 @8"/>
+            <v:f eqn="mid @6 @7"/>
+            <v:f eqn="sum @6 0 @5"/>
+          </v:formulas>
+          <v:path textpathok="t" o:connecttype="custom" o:connectlocs="@9,0;@10,10800;@11,21600;@12,10800" o:connectangles="270,180,90,0"/>
+          <v:textpath on="t" fitshape="t"/>
+          <v:handles>
+            <v:h position="#0,bottomRight" xrange="6629,14971"/>
+          </v:handles>
+          <o:lock v:ext="edit" text="t" shapetype="t"/>
+        </v:shapetype>
+        <v:shape id="PowerPlusWaterMarkObject51129640" o:spid="_x0000_s2050" type="#_x0000_t136" style="position:absolute;margin-left:0;margin-top:0;width:597.55pt;height:41.65pt;rotation:315;z-index:-251651072;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin" o:allowincell="f" fillcolor="silver" stroked="f">
+          <v:fill opacity=".5"/>
+          <v:textpath style="font-family:&quot;Calibri&quot;;font-size:1pt" string="Socrates Journal of Interdisciplinary Social Researches"/>
+          <w10:wrap anchorx="margin" anchory="margin"/>
+        </v:shape>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w14:paraId="57DC949E" w14:textId="5287DAA4" w:rsidR="009D0CD5" w:rsidRDefault="00170952" w:rsidP="006227B9">
     <w:pPr>
       <w:pStyle w:val="stbilgi"/>
       <w:jc w:val="center"/>
     </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict w14:anchorId="2FB1C964">
+        <v:shapetype id="_x0000_t136" coordsize="21600,21600" o:spt="136" adj="10800" path="m@7,l@8,m@5,21600l@6,21600e">
+          <v:formulas>
+            <v:f eqn="sum #0 0 10800"/>
+            <v:f eqn="prod #0 2 1"/>
+            <v:f eqn="sum 21600 0 @1"/>
+            <v:f eqn="sum 0 0 @2"/>
+            <v:f eqn="sum 21600 0 @3"/>
+            <v:f eqn="if @0 @3 0"/>
+            <v:f eqn="if @0 21600 @1"/>
+            <v:f eqn="if @0 0 @2"/>
+            <v:f eqn="if @0 @4 21600"/>
+            <v:f eqn="mid @5 @6"/>
+            <v:f eqn="mid @8 @5"/>
+            <v:f eqn="mid @7 @8"/>
+            <v:f eqn="mid @6 @7"/>
+            <v:f eqn="sum @6 0 @5"/>
+          </v:formulas>
+          <v:path textpathok="t" o:connecttype="custom" o:connectlocs="@9,0;@10,10800;@11,21600;@12,10800" o:connectangles="270,180,90,0"/>
+          <v:textpath on="t" fitshape="t"/>
+          <v:handles>
+            <v:h position="#0,bottomRight" xrange="6629,14971"/>
+          </v:handles>
+          <o:lock v:ext="edit" text="t" shapetype="t"/>
+        </v:shapetype>
+        <v:shape id="PowerPlusWaterMarkObject51129641" o:spid="_x0000_s2051" type="#_x0000_t136" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:0;width:597.55pt;height:41.65pt;rotation:315;z-index:-251649024;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin" o:allowincell="f" fillcolor="silver" stroked="f">
+          <v:fill opacity=".5"/>
+          <v:textpath style="font-family:&quot;Calibri&quot;;font-size:1pt" string="Socrates Journal of Interdisciplinary Social Researches"/>
+          <w10:wrap anchorx="margin" anchory="margin"/>
+        </v:shape>
+      </w:pict>
+    </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:id w:val="2070989964"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Margins)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:r w:rsidR="009D0CD5">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <mc:AlternateContent>
             <mc:Choice Requires="wps">
               <w:drawing>
                 <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="590DCC08" wp14:editId="0159218E">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="rightMargin">
                     <wp:align>right</wp:align>
                   </wp:positionH>
                   <wp:positionV relativeFrom="margin">
                     <wp:align>center</wp:align>
                   </wp:positionV>
@@ -5419,102 +5855,102 @@
                                 </a:solidFill>
                                 <a:miter lim="800000"/>
                                 <a:headEnd/>
                                 <a:tailEnd/>
                               </a14:hiddenLine>
                             </a:ext>
                           </a:extLst>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
                             <w:p w14:paraId="518F3754" w14:textId="77777777" w:rsidR="009D0CD5" w:rsidRDefault="009D0CD5">
                               <w:pPr>
                                 <w:pBdr>
                                   <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
                                 </w:pBdr>
                               </w:pPr>
                               <w:r>
                                 <w:fldChar w:fldCharType="begin"/>
                               </w:r>
                               <w:r>
                                 <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
                               </w:r>
                               <w:r>
                                 <w:fldChar w:fldCharType="separate"/>
                               </w:r>
-                              <w:r w:rsidR="005800AA">
+                              <w:r w:rsidR="00243742">
                                 <w:rPr>
                                   <w:noProof/>
                                 </w:rPr>
-                                <w:t>3</w:t>
+                                <w:t>4</w:t>
                               </w:r>
                               <w:r>
                                 <w:fldChar w:fldCharType="end"/>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </a:graphicData>
                   </a:graphic>
                   <wp14:sizeRelH relativeFrom="rightMargin">
                     <wp14:pctWidth>80000</wp14:pctWidth>
                   </wp14:sizeRelH>
                   <wp14:sizeRelV relativeFrom="page">
                     <wp14:pctHeight>0</wp14:pctHeight>
                   </wp14:sizeRelV>
                 </wp:anchor>
               </w:drawing>
             </mc:Choice>
             <mc:Fallback>
               <w:pict>
                 <v:rect id="Dikdörtgen 4" o:spid="_x0000_s1026" style="position:absolute;left:0;text-align:left;margin-left:-6.3pt;margin-top:0;width:44.9pt;height:25.95pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:800;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:right;mso-position-horizontal-relative:right-margin-area;mso-position-vertical:center;mso-position-vertical-relative:margin;mso-width-percent:800;mso-height-percent:0;mso-width-relative:right-margin-area;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCNZHtRfQIAAO8EAAAOAAAAZHJzL2Uyb0RvYy54bWysVO1u0zAU/Y/EO1j+3+VjSdtES6dtpQhp&#10;wKTBA7i2k1hLbGO7TQfitXgBXoxrpy0t8AMh8iOx4+vjc+8511fXu75DW26sULLCyUWMEZdUMSGb&#10;Cn/8sJrMMbKOSEY6JXmFn7nF14uXL64GXfJUtapj3CAAkbYcdIVb53QZRZa2vCf2QmkuYbFWpicO&#10;pqaJmCEDoPddlMbxNBqUYdooyq2Fv8txES8Cfl1z6t7XteUOdRUGbi68TXiv/TtaXJGyMUS3gu5p&#10;kH9g0RMh4dAj1JI4gjZG/AbVC2qUVbW7oKqPVF0LykMOkE0S/5LNY0s0D7lAcaw+lsn+P1j6bvtg&#10;kGAVTjGSpAeJluKJff9mXMMlynyBBm1LiHvUD8anaPW9ok8WSXXXEtnwG2PU0HLCgFbi46OzDX5i&#10;YStaD28VA3yycSrUaleb3gNCFdAuSPJ8lITvHKLwM5/F6SUIR2HpMi3yaR5OIOVhszbWveaqR35Q&#10;YQOKB3CyvbfOkyHlISSQV51gK9F1YWKa9V1n0JaAO1bh2aPb0zDgAlh+g2cVVP1SJGkW36bFZDWd&#10;zybZKssnxSyeT+KkuC2mcVZky9VXTyTJylYwxuW9kPzgsCT7OwX3Xh+9ETyGhgoXeZqHHM9Y2tNk&#10;4vD8KZleOGi4TvQVnh+DSOn1eyVZaAdHRDeOo3P6oZpQg8M3VCWo7QUejeJ2693eM2vFnkF3o0AX&#10;kBBuCRi0ynzGaICOq7D9tCGGY9S9keCdIsky36JhkuWzFCbmdGV9ukIkBagKO4zG4Z0b23qjjWha&#10;OCkJNZLqBvxWi+AF78WR1d6l0FUhmf0N4Nv2dB6ift5Tix8AAAD//wMAUEsDBBQABgAIAAAAIQBQ&#10;u/+r2wAAAAMBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BS8NAEIXvgv9hGcGL2E0FpY3ZFFEqBUFo&#10;Fb1us2MSujsbstM0/fdOe9HLg+EN732vWIzBqwH71EYyMJ1koJCq6FqqDXx+LG9noBJbctZHQgNH&#10;TLAoLy8Km7t4oDUOG66VhFDKrYGGucu1TlWDwaZJ7JDE+4l9sCxnX2vX24OEB6/vsuxBB9uSNDS2&#10;w+cGq91mHwzsvh2/Dyse31bd8ia8fPn18dUbc301Pj2CYhz57xlO+IIOpTBt455cUt6ADOGzijeb&#10;y4qtgfvpHHRZ6P/s5S8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAjWR7UX0CAADvBAAA&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAULv/q9sAAAAD&#10;AQAADwAAAAAAAAAAAAAAAADXBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAN8FAAAA&#10;AA==&#10;" o:allowincell="f" stroked="f">
                   <v:textbox>
                     <w:txbxContent>
                       <w:p w14:paraId="518F3754" w14:textId="77777777" w:rsidR="009D0CD5" w:rsidRDefault="009D0CD5">
                         <w:pPr>
                           <w:pBdr>
                             <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
                           </w:pBdr>
                         </w:pPr>
                         <w:r>
                           <w:fldChar w:fldCharType="begin"/>
                         </w:r>
                         <w:r>
                           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
                         </w:r>
                         <w:r>
                           <w:fldChar w:fldCharType="separate"/>
                         </w:r>
-                        <w:r w:rsidR="005800AA">
+                        <w:r w:rsidR="00243742">
                           <w:rPr>
                             <w:noProof/>
                           </w:rPr>
-                          <w:t>3</w:t>
+                          <w:t>4</w:t>
                         </w:r>
                         <w:r>
                           <w:fldChar w:fldCharType="end"/>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                   <w10:wrap anchorx="margin" anchory="margin"/>
                 </v:rect>
               </w:pict>
             </mc:Fallback>
           </mc:AlternateContent>
         </w:r>
       </w:sdtContent>
     </w:sdt>
     <w:r w:rsidR="009D0CD5" w:rsidRPr="006227B9">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="23"/>
         <w:szCs w:val="23"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="009D0CD5">
@@ -5529,74 +5965,146 @@
     <w:r w:rsidR="005800AA">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="23"/>
         <w:szCs w:val="23"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
       </w:rPr>
       <w:t xml:space="preserve">al of Interdisciplinary Social </w:t>
     </w:r>
     <w:r w:rsidR="005800AA" w:rsidRPr="005800AA">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="23"/>
         <w:szCs w:val="23"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
       </w:rPr>
       <w:t>Researches</w:t>
     </w:r>
     <w:r w:rsidR="009D0CD5">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="23"/>
         <w:szCs w:val="23"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
       </w:rPr>
-      <w:t xml:space="preserve">, 2025, Volume 11, Number </w:t>
+      <w:t>, 202</w:t>
+    </w:r>
+    <w:r w:rsidR="00573A37">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="23"/>
+        <w:szCs w:val="23"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      </w:rPr>
+      <w:t>6</w:t>
+    </w:r>
+    <w:r w:rsidR="009D0CD5">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="23"/>
+        <w:szCs w:val="23"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      </w:rPr>
+      <w:t>, Volume 1</w:t>
+    </w:r>
+    <w:r w:rsidR="00573A37">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="23"/>
+        <w:szCs w:val="23"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      </w:rPr>
+      <w:t>2</w:t>
+    </w:r>
+    <w:r w:rsidR="009D0CD5">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="23"/>
+        <w:szCs w:val="23"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      </w:rPr>
+      <w:t xml:space="preserve">, Number </w:t>
     </w:r>
     <w:proofErr w:type="gramStart"/>
     <w:r w:rsidR="009D0CD5">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="23"/>
         <w:szCs w:val="23"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
       </w:rPr>
       <w:t>..</w:t>
     </w:r>
     <w:proofErr w:type="gramEnd"/>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:p w14:paraId="0EB779CD" w14:textId="5D699897" w:rsidR="009D0CD5" w:rsidRDefault="00CB23E9" w:rsidP="00CE76C9">
+  <w:p w14:paraId="0EB779CD" w14:textId="0A635CC0" w:rsidR="009D0CD5" w:rsidRDefault="00170952" w:rsidP="00CE76C9">
     <w:pPr>
       <w:pStyle w:val="stbilgi"/>
       <w:jc w:val="center"/>
     </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict w14:anchorId="28ACDB3C">
+        <v:shapetype id="_x0000_t136" coordsize="21600,21600" o:spt="136" adj="10800" path="m@7,l@8,m@5,21600l@6,21600e">
+          <v:formulas>
+            <v:f eqn="sum #0 0 10800"/>
+            <v:f eqn="prod #0 2 1"/>
+            <v:f eqn="sum 21600 0 @1"/>
+            <v:f eqn="sum 0 0 @2"/>
+            <v:f eqn="sum 21600 0 @3"/>
+            <v:f eqn="if @0 @3 0"/>
+            <v:f eqn="if @0 21600 @1"/>
+            <v:f eqn="if @0 0 @2"/>
+            <v:f eqn="if @0 @4 21600"/>
+            <v:f eqn="mid @5 @6"/>
+            <v:f eqn="mid @8 @5"/>
+            <v:f eqn="mid @7 @8"/>
+            <v:f eqn="mid @6 @7"/>
+            <v:f eqn="sum @6 0 @5"/>
+          </v:formulas>
+          <v:path textpathok="t" o:connecttype="custom" o:connectlocs="@9,0;@10,10800;@11,21600;@12,10800" o:connectangles="270,180,90,0"/>
+          <v:textpath on="t" fitshape="t"/>
+          <v:handles>
+            <v:h position="#0,bottomRight" xrange="6629,14971"/>
+          </v:handles>
+          <o:lock v:ext="edit" text="t" shapetype="t"/>
+        </v:shapetype>
+        <v:shape id="PowerPlusWaterMarkObject51129639" o:spid="_x0000_s2049" type="#_x0000_t136" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:0;width:597.55pt;height:41.65pt;rotation:315;z-index:-251653120;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin" o:allowincell="f" fillcolor="silver" stroked="f">
+          <v:fill opacity=".5"/>
+          <v:textpath style="font-family:&quot;Calibri&quot;;font-size:1pt" string="Socrates Journal of Interdisciplinary Social Researches"/>
+          <w10:wrap anchorx="margin" anchory="margin"/>
+        </v:shape>
+      </w:pict>
+    </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:id w:val="-1931729593"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Margins)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:r w:rsidR="009D0CD5">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
             <w:sz w:val="23"/>
             <w:szCs w:val="23"/>
           </w:rPr>
           <mc:AlternateContent>
             <mc:Choice Requires="wps">
@@ -5641,98 +6149,98 @@
                                 </a:solidFill>
                                 <a:miter lim="800000"/>
                                 <a:headEnd/>
                                 <a:tailEnd/>
                               </a14:hiddenLine>
                             </a:ext>
                           </a:extLst>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
                             <w:p w14:paraId="096403F5" w14:textId="77777777" w:rsidR="009D0CD5" w:rsidRDefault="009D0CD5">
                               <w:pPr>
                                 <w:pBdr>
                                   <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
                                 </w:pBdr>
                               </w:pPr>
                               <w:r>
                                 <w:fldChar w:fldCharType="begin"/>
                               </w:r>
                               <w:r>
                                 <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
                               </w:r>
                               <w:r>
                                 <w:fldChar w:fldCharType="separate"/>
                               </w:r>
-                              <w:r w:rsidR="005800AA">
+                              <w:r w:rsidR="00374492">
                                 <w:rPr>
                                   <w:noProof/>
                                 </w:rPr>
                                 <w:t>1</w:t>
                               </w:r>
                               <w:r>
                                 <w:fldChar w:fldCharType="end"/>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </a:graphicData>
                   </a:graphic>
                   <wp14:sizeRelH relativeFrom="rightMargin">
                     <wp14:pctWidth>80000</wp14:pctWidth>
                   </wp14:sizeRelH>
                   <wp14:sizeRelV relativeFrom="page">
                     <wp14:pctHeight>0</wp14:pctHeight>
                   </wp14:sizeRelV>
                 </wp:anchor>
               </w:drawing>
             </mc:Choice>
             <mc:Fallback>
               <w:pict>
                 <v:rect id="_x0000_s1027" style="position:absolute;left:0;text-align:left;margin-left:-6.3pt;margin-top:0;width:44.9pt;height:25.95pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:800;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:right;mso-position-horizontal-relative:right-margin-area;mso-position-vertical:center;mso-position-vertical-relative:margin;mso-width-percent:800;mso-height-percent:0;mso-width-relative:right-margin-area;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCR1DEZgQIAAPgEAAAOAAAAZHJzL2Uyb0RvYy54bWysVO1u0zAU/Y/EO1j+3+ZjSdtES6etpQhp&#10;wKTBA7ixk1hL7GC7TcfEa/ECvBjXtx/rgB8IkR+JHV8fn3vPub682nUt2QpjpVYFjcYhJUKVmktV&#10;F/Tzp9VoRol1THHWaiUK+igsvZq/fnU59LmIdaNbLgwBEGXzoS9o41yfB4EtG9ExO9a9ULBYadMx&#10;B1NTB9ywAdC7NojDcBIM2vDe6FJYC3+X+0U6R/yqEqX7WFVWONIWFLg5fBt8r/07mF+yvDasb2R5&#10;oMH+gUXHpIJDT1BL5hjZGPkbVCdLo62u3LjUXaCrSpYCc4BsovCXbO4b1gvMBYpj+1OZ7P+DLT9s&#10;7wyRvKBpklKiWAciLeUD//HduFookvgSDb3NIfK+vzM+Sdvf6vLBEqUXDVO1uDZGD41gHIhFPj54&#10;scFPLGwl6+G95oDPNk5jtXaV6Twg1IHsUJTHkyhi50gJP9NpGF+AdCUsXcRZOknxBJYfN/fGurdC&#10;d8QPCmpAcwRn21vrPBmWH0OQvG4lX8m2xYmp14vWkC0Df6zwOaDb8zDgAlh+g2eFuj5lUZyEN3E2&#10;Wk1m01GyStJRNg1nozDKbrJJmGTJcvXNE4mSvJGcC3UrlTh6LEr+TsOD2/fuQJeRoaBZGqeY4wuW&#10;9jyZEJ8/JdNJBy3Xyq6gs1MQy71+bxTHhnBMtvtx8JI+VhNqcPxiVVBtL/DeKG633qGj0Ape/LXm&#10;jyC/0SAPKAnXBQwabb5SMkDrFdR+2TAjKGnfKbBQFiWJ71WcJOk0hok5X1mfrzBVAlRBHSX74cLt&#10;+3vTG1k3cFKEpVL6GmxXSbTEM6uDWaG9MKfDVeD793yOUc8X1vwnAAAA//8DAFBLAwQUAAYACAAA&#10;ACEAULv/q9sAAAADAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQUvDQBCF74L/YRnBi9hNBaWN2RRR&#10;KgVBaBW9brNjEro7G7LTNP33TnvRy4PhDe99r1iMwasB+9RGMjCdZKCQquhaqg18fixvZ6ASW3LW&#10;R0IDR0ywKC8vCpu7eKA1DhuulYRQyq2BhrnLtU5Vg8GmSeyQxPuJfbAsZ19r19uDhAev77LsQQfb&#10;kjQ0tsPnBqvdZh8M7L4dvw8rHt9W3fImvHz59fHVG3N9NT49gmIc+e8ZTviCDqUwbeOeXFLegAzh&#10;s4o3m8uKrYH76Rx0Wej/7OUvAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAA&#10;lAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAJHUMRmBAgAA&#10;+AQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAFC7/6vb&#10;AAAAAwEAAA8AAAAAAAAAAAAAAAAA2wQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADj&#10;BQAAAAA=&#10;" o:allowincell="f" stroked="f">
                   <v:textbox>
                     <w:txbxContent>
                       <w:p w14:paraId="096403F5" w14:textId="77777777" w:rsidR="009D0CD5" w:rsidRDefault="009D0CD5">
                         <w:pPr>
                           <w:pBdr>
                             <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
                           </w:pBdr>
                         </w:pPr>
                         <w:r>
                           <w:fldChar w:fldCharType="begin"/>
                         </w:r>
                         <w:r>
                           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
                         </w:r>
                         <w:r>
                           <w:fldChar w:fldCharType="separate"/>
                         </w:r>
-                        <w:r w:rsidR="005800AA">
+                        <w:r w:rsidR="00374492">
                           <w:rPr>
                             <w:noProof/>
                           </w:rPr>
                           <w:t>1</w:t>
                         </w:r>
                         <w:r>
                           <w:fldChar w:fldCharType="end"/>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                   <w10:wrap anchorx="margin" anchory="margin"/>
                 </v:rect>
               </w:pict>
             </mc:Fallback>
           </mc:AlternateContent>
         </w:r>
       </w:sdtContent>
     </w:sdt>
     <w:r w:rsidR="009D0CD5">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="23"/>
         <w:szCs w:val="23"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
@@ -5742,51 +6250,87 @@
     <w:r w:rsidR="005800AA" w:rsidRPr="005800AA">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="23"/>
         <w:szCs w:val="23"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
       </w:rPr>
       <w:t>Researches</w:t>
     </w:r>
     <w:r w:rsidR="009D0CD5" w:rsidRPr="005800AA">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="23"/>
         <w:szCs w:val="23"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
       </w:rPr>
       <w:t>,</w:t>
     </w:r>
     <w:r w:rsidR="009D0CD5">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="23"/>
         <w:szCs w:val="23"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
       </w:rPr>
-      <w:t xml:space="preserve"> 2025, Volume 11, Number </w:t>
+      <w:t xml:space="preserve"> 202</w:t>
+    </w:r>
+    <w:r w:rsidR="00573A37">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="23"/>
+        <w:szCs w:val="23"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      </w:rPr>
+      <w:t>6</w:t>
+    </w:r>
+    <w:r w:rsidR="009D0CD5">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="23"/>
+        <w:szCs w:val="23"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      </w:rPr>
+      <w:t>, Volume 1</w:t>
+    </w:r>
+    <w:r w:rsidR="00573A37">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="23"/>
+        <w:szCs w:val="23"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      </w:rPr>
+      <w:t>2</w:t>
+    </w:r>
+    <w:r w:rsidR="009D0CD5">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="23"/>
+        <w:szCs w:val="23"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      </w:rPr>
+      <w:t xml:space="preserve">, Number </w:t>
     </w:r>
     <w:proofErr w:type="gramStart"/>
     <w:r w:rsidR="009D0CD5">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="23"/>
         <w:szCs w:val="23"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
       </w:rPr>
       <w:t>..</w:t>
     </w:r>
     <w:proofErr w:type="gramEnd"/>
     <w:r w:rsidR="009D0CD5">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="23"/>
         <w:szCs w:val="23"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
       </w:rPr>
       <w:t xml:space="preserve">  </w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
@@ -6863,51 +7407,54 @@
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="8">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="9">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="6"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:grammar="clean"/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2052"/>
+    <o:shapelayout v:ext="edit">
+      <o:idmap v:ext="edit" data="2"/>
+    </o:shapelayout>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006A2FB9"/>
     <w:rsid w:val="00000968"/>
     <w:rsid w:val="0000269A"/>
     <w:rsid w:val="00003354"/>
     <w:rsid w:val="00004676"/>
     <w:rsid w:val="000069E4"/>
     <w:rsid w:val="000076D5"/>
     <w:rsid w:val="0000793F"/>
     <w:rsid w:val="00007F93"/>
@@ -7016,50 +7563,51 @@
     <w:rsid w:val="00122B16"/>
     <w:rsid w:val="00123044"/>
     <w:rsid w:val="0012472A"/>
     <w:rsid w:val="00124D15"/>
     <w:rsid w:val="00124ED3"/>
     <w:rsid w:val="00125C2B"/>
     <w:rsid w:val="00125D67"/>
     <w:rsid w:val="00127E2F"/>
     <w:rsid w:val="0013034E"/>
     <w:rsid w:val="001351BA"/>
     <w:rsid w:val="00137A1D"/>
     <w:rsid w:val="0014607F"/>
     <w:rsid w:val="00146B63"/>
     <w:rsid w:val="00150D21"/>
     <w:rsid w:val="001511C5"/>
     <w:rsid w:val="00155C17"/>
     <w:rsid w:val="00156AE4"/>
     <w:rsid w:val="00157996"/>
     <w:rsid w:val="0016009F"/>
     <w:rsid w:val="00164B17"/>
     <w:rsid w:val="00164EF7"/>
     <w:rsid w:val="0016506A"/>
     <w:rsid w:val="00165C83"/>
     <w:rsid w:val="0016666A"/>
     <w:rsid w:val="00167576"/>
+    <w:rsid w:val="00170952"/>
     <w:rsid w:val="00171A33"/>
     <w:rsid w:val="00175071"/>
     <w:rsid w:val="00175B86"/>
     <w:rsid w:val="0018035F"/>
     <w:rsid w:val="00181412"/>
     <w:rsid w:val="00182734"/>
     <w:rsid w:val="001834F9"/>
     <w:rsid w:val="00191E5F"/>
     <w:rsid w:val="00193CEF"/>
     <w:rsid w:val="00196835"/>
     <w:rsid w:val="001A19F0"/>
     <w:rsid w:val="001A41DF"/>
     <w:rsid w:val="001A47D9"/>
     <w:rsid w:val="001A54D1"/>
     <w:rsid w:val="001A556C"/>
     <w:rsid w:val="001A5641"/>
     <w:rsid w:val="001B1CE5"/>
     <w:rsid w:val="001B5C72"/>
     <w:rsid w:val="001C00DE"/>
     <w:rsid w:val="001C0962"/>
     <w:rsid w:val="001C2515"/>
     <w:rsid w:val="001C298A"/>
     <w:rsid w:val="001C2BB2"/>
     <w:rsid w:val="001C341B"/>
     <w:rsid w:val="001C4285"/>
@@ -7083,50 +7631,51 @@
     <w:rsid w:val="001F7E89"/>
     <w:rsid w:val="00204670"/>
     <w:rsid w:val="002054B8"/>
     <w:rsid w:val="00206CBB"/>
     <w:rsid w:val="002104D6"/>
     <w:rsid w:val="0021115F"/>
     <w:rsid w:val="00213279"/>
     <w:rsid w:val="00213750"/>
     <w:rsid w:val="002148C6"/>
     <w:rsid w:val="002157EA"/>
     <w:rsid w:val="00217079"/>
     <w:rsid w:val="002172F6"/>
     <w:rsid w:val="00220172"/>
     <w:rsid w:val="002211FE"/>
     <w:rsid w:val="0022288C"/>
     <w:rsid w:val="00224A98"/>
     <w:rsid w:val="002271B4"/>
     <w:rsid w:val="00230A38"/>
     <w:rsid w:val="002327E0"/>
     <w:rsid w:val="002371E2"/>
     <w:rsid w:val="002373B0"/>
     <w:rsid w:val="002373F0"/>
     <w:rsid w:val="00237A07"/>
     <w:rsid w:val="00241341"/>
     <w:rsid w:val="00241E37"/>
+    <w:rsid w:val="00243742"/>
     <w:rsid w:val="002444DA"/>
     <w:rsid w:val="00245478"/>
     <w:rsid w:val="00245C0A"/>
     <w:rsid w:val="002465C8"/>
     <w:rsid w:val="00251E9A"/>
     <w:rsid w:val="00252377"/>
     <w:rsid w:val="002530AE"/>
     <w:rsid w:val="002531FB"/>
     <w:rsid w:val="00253363"/>
     <w:rsid w:val="00254282"/>
     <w:rsid w:val="00254517"/>
     <w:rsid w:val="00256E98"/>
     <w:rsid w:val="002624D8"/>
     <w:rsid w:val="00263551"/>
     <w:rsid w:val="002637B7"/>
     <w:rsid w:val="0026396E"/>
     <w:rsid w:val="00267271"/>
     <w:rsid w:val="00267E26"/>
     <w:rsid w:val="00270266"/>
     <w:rsid w:val="0027324F"/>
     <w:rsid w:val="00273F49"/>
     <w:rsid w:val="00277D67"/>
     <w:rsid w:val="00277EFD"/>
     <w:rsid w:val="0028264F"/>
     <w:rsid w:val="0028423B"/>
@@ -7185,50 +7734,51 @@
     <w:rsid w:val="0032285A"/>
     <w:rsid w:val="00322B61"/>
     <w:rsid w:val="00322F63"/>
     <w:rsid w:val="00323E91"/>
     <w:rsid w:val="00324FE5"/>
     <w:rsid w:val="0032537E"/>
     <w:rsid w:val="0032541A"/>
     <w:rsid w:val="00325F4A"/>
     <w:rsid w:val="00331ACF"/>
     <w:rsid w:val="003359EC"/>
     <w:rsid w:val="00336C8C"/>
     <w:rsid w:val="00341B07"/>
     <w:rsid w:val="003420FB"/>
     <w:rsid w:val="00345653"/>
     <w:rsid w:val="00346B26"/>
     <w:rsid w:val="00346EBB"/>
     <w:rsid w:val="0034790E"/>
     <w:rsid w:val="00350BAB"/>
     <w:rsid w:val="00352300"/>
     <w:rsid w:val="003571F5"/>
     <w:rsid w:val="00362ED4"/>
     <w:rsid w:val="00363670"/>
     <w:rsid w:val="00363EF5"/>
     <w:rsid w:val="003666A0"/>
     <w:rsid w:val="00371C01"/>
+    <w:rsid w:val="00374492"/>
     <w:rsid w:val="00374E17"/>
     <w:rsid w:val="00375C8B"/>
     <w:rsid w:val="003766E2"/>
     <w:rsid w:val="003820F8"/>
     <w:rsid w:val="00382E45"/>
     <w:rsid w:val="003841CB"/>
     <w:rsid w:val="00384284"/>
     <w:rsid w:val="00385C62"/>
     <w:rsid w:val="00387EC6"/>
     <w:rsid w:val="00390FBA"/>
     <w:rsid w:val="00392539"/>
     <w:rsid w:val="00396079"/>
     <w:rsid w:val="00396A1F"/>
     <w:rsid w:val="003A070E"/>
     <w:rsid w:val="003A41A0"/>
     <w:rsid w:val="003A6A3D"/>
     <w:rsid w:val="003A778C"/>
     <w:rsid w:val="003B029D"/>
     <w:rsid w:val="003B0AB7"/>
     <w:rsid w:val="003B353E"/>
     <w:rsid w:val="003B372E"/>
     <w:rsid w:val="003B3E1B"/>
     <w:rsid w:val="003B49CB"/>
     <w:rsid w:val="003B55EC"/>
     <w:rsid w:val="003C140D"/>
@@ -7291,50 +7841,51 @@
     <w:rsid w:val="00455F33"/>
     <w:rsid w:val="00461D82"/>
     <w:rsid w:val="00462712"/>
     <w:rsid w:val="004636E7"/>
     <w:rsid w:val="00465602"/>
     <w:rsid w:val="00467658"/>
     <w:rsid w:val="00470757"/>
     <w:rsid w:val="00470BB3"/>
     <w:rsid w:val="0047179B"/>
     <w:rsid w:val="00472AFD"/>
     <w:rsid w:val="00472F83"/>
     <w:rsid w:val="00475B9A"/>
     <w:rsid w:val="00476D90"/>
     <w:rsid w:val="00480A68"/>
     <w:rsid w:val="004827C8"/>
     <w:rsid w:val="0048331C"/>
     <w:rsid w:val="004845D1"/>
     <w:rsid w:val="00490587"/>
     <w:rsid w:val="004910DA"/>
     <w:rsid w:val="0049470C"/>
     <w:rsid w:val="00495038"/>
     <w:rsid w:val="004961F3"/>
     <w:rsid w:val="004A166F"/>
     <w:rsid w:val="004A346D"/>
     <w:rsid w:val="004A358E"/>
+    <w:rsid w:val="004A4114"/>
     <w:rsid w:val="004A4759"/>
     <w:rsid w:val="004A4F2C"/>
     <w:rsid w:val="004B0E5A"/>
     <w:rsid w:val="004B2C52"/>
     <w:rsid w:val="004B71E0"/>
     <w:rsid w:val="004C1A72"/>
     <w:rsid w:val="004C1E90"/>
     <w:rsid w:val="004C215E"/>
     <w:rsid w:val="004C25F4"/>
     <w:rsid w:val="004C2D7F"/>
     <w:rsid w:val="004C5421"/>
     <w:rsid w:val="004D098B"/>
     <w:rsid w:val="004D175D"/>
     <w:rsid w:val="004E2527"/>
     <w:rsid w:val="004F2DF2"/>
     <w:rsid w:val="004F3C6B"/>
     <w:rsid w:val="004F49A2"/>
     <w:rsid w:val="004F7A45"/>
     <w:rsid w:val="004F7B57"/>
     <w:rsid w:val="00500558"/>
     <w:rsid w:val="00501A8C"/>
     <w:rsid w:val="00503E6C"/>
     <w:rsid w:val="00504645"/>
     <w:rsid w:val="00504BDA"/>
     <w:rsid w:val="0050577A"/>
@@ -7362,50 +7913,51 @@
     <w:rsid w:val="005408E3"/>
     <w:rsid w:val="005432CD"/>
     <w:rsid w:val="005442AE"/>
     <w:rsid w:val="00546BDF"/>
     <w:rsid w:val="005508E9"/>
     <w:rsid w:val="00551E72"/>
     <w:rsid w:val="00552BE1"/>
     <w:rsid w:val="00553A1A"/>
     <w:rsid w:val="00554768"/>
     <w:rsid w:val="0055521C"/>
     <w:rsid w:val="0055562F"/>
     <w:rsid w:val="00556584"/>
     <w:rsid w:val="0055738C"/>
     <w:rsid w:val="0056044F"/>
     <w:rsid w:val="00560AA3"/>
     <w:rsid w:val="00561E1B"/>
     <w:rsid w:val="005636CE"/>
     <w:rsid w:val="00563906"/>
     <w:rsid w:val="005657C6"/>
     <w:rsid w:val="00565F0A"/>
     <w:rsid w:val="00566079"/>
     <w:rsid w:val="00566371"/>
     <w:rsid w:val="00571FD3"/>
     <w:rsid w:val="00572A34"/>
     <w:rsid w:val="005732FD"/>
+    <w:rsid w:val="00573A37"/>
     <w:rsid w:val="00573EE0"/>
     <w:rsid w:val="0057575D"/>
     <w:rsid w:val="0057591C"/>
     <w:rsid w:val="00576E39"/>
     <w:rsid w:val="005776B6"/>
     <w:rsid w:val="005777AC"/>
     <w:rsid w:val="005800AA"/>
     <w:rsid w:val="00581314"/>
     <w:rsid w:val="00591E8B"/>
     <w:rsid w:val="00592A4F"/>
     <w:rsid w:val="00593CBE"/>
     <w:rsid w:val="00594557"/>
     <w:rsid w:val="00595400"/>
     <w:rsid w:val="00597AF4"/>
     <w:rsid w:val="005A0663"/>
     <w:rsid w:val="005A1026"/>
     <w:rsid w:val="005A18F3"/>
     <w:rsid w:val="005A58F2"/>
     <w:rsid w:val="005A785C"/>
     <w:rsid w:val="005A7B01"/>
     <w:rsid w:val="005A7C39"/>
     <w:rsid w:val="005B0755"/>
     <w:rsid w:val="005B0E3F"/>
     <w:rsid w:val="005B23BB"/>
     <w:rsid w:val="005B5133"/>
@@ -7699,50 +8251,51 @@
     <w:rsid w:val="00917783"/>
     <w:rsid w:val="00920B2A"/>
     <w:rsid w:val="00923C91"/>
     <w:rsid w:val="00924BC5"/>
     <w:rsid w:val="0092631E"/>
     <w:rsid w:val="009279E6"/>
     <w:rsid w:val="00927E4D"/>
     <w:rsid w:val="00932756"/>
     <w:rsid w:val="00935CE4"/>
     <w:rsid w:val="00937925"/>
     <w:rsid w:val="00941D16"/>
     <w:rsid w:val="00942440"/>
     <w:rsid w:val="00944217"/>
     <w:rsid w:val="00950A76"/>
     <w:rsid w:val="00951B81"/>
     <w:rsid w:val="00951DF6"/>
     <w:rsid w:val="009524A0"/>
     <w:rsid w:val="009525B3"/>
     <w:rsid w:val="009527CD"/>
     <w:rsid w:val="00953BD9"/>
     <w:rsid w:val="00954395"/>
     <w:rsid w:val="00955382"/>
     <w:rsid w:val="00955A3C"/>
     <w:rsid w:val="0095615C"/>
     <w:rsid w:val="00956226"/>
+    <w:rsid w:val="00956F7A"/>
     <w:rsid w:val="00957BC5"/>
     <w:rsid w:val="00960560"/>
     <w:rsid w:val="00962216"/>
     <w:rsid w:val="00962985"/>
     <w:rsid w:val="00962D38"/>
     <w:rsid w:val="00964A95"/>
     <w:rsid w:val="0096770C"/>
     <w:rsid w:val="009678E3"/>
     <w:rsid w:val="00967DF4"/>
     <w:rsid w:val="00970F06"/>
     <w:rsid w:val="009744FC"/>
     <w:rsid w:val="00976542"/>
     <w:rsid w:val="00976B2F"/>
     <w:rsid w:val="009779CA"/>
     <w:rsid w:val="00984391"/>
     <w:rsid w:val="00984826"/>
     <w:rsid w:val="00987EE8"/>
     <w:rsid w:val="00990070"/>
     <w:rsid w:val="00995168"/>
     <w:rsid w:val="00996DBE"/>
     <w:rsid w:val="009A154E"/>
     <w:rsid w:val="009A2585"/>
     <w:rsid w:val="009A2CA6"/>
     <w:rsid w:val="009A3C72"/>
     <w:rsid w:val="009A442E"/>
@@ -8246,51 +8799,51 @@
     <w:rsid w:val="00FF13B1"/>
     <w:rsid w:val="00FF2191"/>
     <w:rsid w:val="00FF3463"/>
     <w:rsid w:val="00FF3878"/>
     <w:rsid w:val="00FF4BC6"/>
     <w:rsid w:val="00FF5E67"/>
     <w:rsid w:val="00FF6670"/>
     <w:rsid w:val="00FF7761"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="tr-TR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2052"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="02AE0ED7"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="tr-TR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
@@ -16522,51 +17075,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="838927330">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Teması">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -20257,94 +20810,94 @@
   </b:Source>
   <b:Source>
     <b:Tag>Hei72</b:Tag>
     <b:SourceType>Book</b:SourceType>
     <b:Guid>{4DE21626-3611-44A5-8E75-9254D86D0232}</b:Guid>
     <b:Author>
       <b:Author>
         <b:NameList>
           <b:Person>
             <b:Last>Heisenberg</b:Last>
             <b:First>Werner</b:First>
           </b:Person>
         </b:NameList>
       </b:Author>
     </b:Author>
     <b:Title>The Representation of Nature in Contemporary Physics</b:Title>
     <b:Year>1972</b:Year>
     <b:City>Londra</b:City>
     <b:Publisher>Heisenberg, Werner (1972) ‘The Representation of Nature in ContemporarThe Discontinuous Universe yayınları</b:Publisher>
     <b:RefOrder>9</b:RefOrder>
   </b:Source>
 </b:Sources>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F961F1B7-657F-41CB-B01C-1DCE2B7A3EBE}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C11ABDB4-CB29-47CD-9CFF-E7E25F584E13}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>7</Pages>
-[...1 lines deleted...]
-  <Characters>12547</Characters>
+  <Pages>8</Pages>
+  <Words>2400</Words>
+  <Characters>13683</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>104</Lines>
-  <Paragraphs>29</Paragraphs>
+  <Lines>114</Lines>
+  <Paragraphs>32</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Konu Başlığı</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>NouS/TncTR</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>14719</CharactersWithSpaces>
+  <CharactersWithSpaces>16051</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>User</dc:creator>
   <cp:keywords>Gizlilik Derecesini Seçiniz</cp:keywords>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="TitusGUID">
     <vt:lpwstr>6a3f91da-7101-4161-8f95-24ec6d9e9784</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="LANGUAGE">
     <vt:lpwstr>TR</vt:lpwstr>